--- v0 (2025-11-03)
+++ v1 (2026-01-02)
@@ -3,51 +3,51 @@
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="jpeg" ContentType="image/jpeg"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
     <w:p w14:paraId="78902CD8" w14:textId="08A71357" w:rsidR="003E4D44" w:rsidRPr="00BE2056" w:rsidRDefault="00E27A05" w:rsidP="00BE2056">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:noProof/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="2352E28A" wp14:editId="68CBC84E">
             <wp:extent cx="5724525" cy="1152525"/>
             <wp:effectExtent l="0" t="0" r="9525" b="9525"/>
             <wp:docPr id="2" name="Picture 2"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
@@ -281,127 +281,124 @@
                             <a:scrgbClr r="0" g="0" b="0"/>
                           </a:effectRef>
                           <a:fontRef idx="none"/>
                         </wps:style>
                         <wps:bodyPr/>
                       </wps:wsp>
                     </wpg:wgp>
                   </a:graphicData>
                 </a:graphic>
               </wp:inline>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
             <w:pict>
               <v:group w14:anchorId="55362489" id="Group 3131" o:spid="_x0000_s1026" style="width:451.3pt;height:1.35pt;mso-position-horizontal-relative:char;mso-position-vertical-relative:line" coordsize="58877,182" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQDZiTx5ZgIAAMYFAAAOAAAAZHJzL2Uyb0RvYy54bWykVE2P2yAQvVfqf0DcG9uJ0rhWnD1021yq&#10;dtXd/gCCwbaEAQGJk3/fYfyRKKtW1TYHZ4CZx5s3w2wfzp0iJ+F8a3RJs0VKidDcVK2uS/rr5euH&#10;nBIfmK6YMlqU9CI8fdi9f7ftbSGWpjGqEo4AiPZFb0vahGCLJPG8ER3zC2OFhkNpXMcCLF2dVI71&#10;gN6pZJmmH5PeuMo6w4X3sPs4HNId4kspePghpReBqJICt4Bfh99D/Ca7LStqx2zT8pEGewOLjrUa&#10;Lp2hHllg5OjaV1Bdy53xRoYFN11ipGy5wBwgmyy9y2bvzNFiLnXR13aWCaS90+nNsPz76cmRtirp&#10;KltllGjWQZXwYoI7IFBv6wL89s4+2yc3btTDKuZ8lq6L/5ANOaO0l1lacQ6Ew+Z6s8rWGVSAw1m2&#10;WaX5ID1voD6vonjzZYrL881mCcQwLl/mGJdMlyaR20ylt9BE/qqT/z+dnhtmBcrvY/6jTutPk0p4&#10;TmCNkqDPLJAvPGj1z+rcZolNOWfICn70YS8MSsxO33wYeraaLNZMFj/ryXTQ+X/tectCjIsMo0l6&#10;qNHIIu515iReDJ6Gu/IAteup0rdeEwKZGgB8Bw8w4jW77Wjg1WDfJqd0ZJFhkQlnMA2kYgGfFTwE&#10;XUHeiAd/sdKDwGiFixKRq9I/hYRuhobLMM67+vBZOXJi8f3jL1YLYcA1xshWqTkq/WNUdGXKNmzE&#10;GmHGCxByRIqeAkfPPSwf2QzzB14xvIdpCgGlOQhpGR3meA2zEy+8yTaaB1Nd8EWiIND6KA0OC2Q0&#10;DrY4jW7X6HUdv7vfAAAA//8DAFBLAwQUAAYACAAAACEACnkhEdwAAAADAQAADwAAAGRycy9kb3du&#10;cmV2LnhtbEyPQWvCQBCF74X+h2UK3uomkWpNsxGRticpVIXibcyOSTA7G7JrEv99t720l4HHe7z3&#10;TbYaTSN66lxtWUE8jUAQF1bXXCo47N8en0E4j6yxsUwKbuRgld/fZZhqO/An9TtfilDCLkUFlfdt&#10;KqUrKjLoprYlDt7ZdgZ9kF0pdYdDKDeNTKJoLg3WHBYqbGlTUXHZXY2C9wGH9Sx+7beX8+Z23D99&#10;fG1jUmryMK5fQHga/V8YfvADOuSB6WSvrJ1oFIRH/O8N3jJK5iBOCpIFyDyT/9nzbwAAAP//AwBQ&#10;SwECLQAUAAYACAAAACEAtoM4kv4AAADhAQAAEwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlw&#10;ZXNdLnhtbFBLAQItABQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAAAC8BAABfcmVs&#10;cy8ucmVsc1BLAQItABQABgAIAAAAIQDZiTx5ZgIAAMYFAAAOAAAAAAAAAAAAAAAAAC4CAABkcnMv&#10;ZTJvRG9jLnhtbFBLAQItABQABgAIAAAAIQAKeSER3AAAAAMBAAAPAAAAAAAAAAAAAAAAAMAEAABk&#10;cnMvZG93bnJldi54bWxQSwUGAAAAAAQABADzAAAAyQUAAAAA&#10;">
                 <v:shape id="Shape 59" o:spid="_x0000_s1027" style="position:absolute;width:58877;height:0;visibility:visible;mso-wrap-style:square;v-text-anchor:top" coordsize="5887721,0" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQAEfONcxAAAANsAAAAPAAAAZHJzL2Rvd25yZXYueG1sRI9Ba8JA&#10;FITvBf/D8oTe6kbRWlNXEUEoFKFG6fk1+0yi2bdhdxuTf+8KhR6HmfmGWa47U4uWnK8sKxiPEhDE&#10;udUVFwpOx93LGwgfkDXWlklBTx7Wq8HTElNtb3ygNguFiBD2KSooQ2hSKX1ekkE/sg1x9M7WGQxR&#10;ukJqh7cIN7WcJMmrNFhxXCixoW1J+TX7NQq+LtP+M7T+ezEZz3tsr67K9j9KPQ+7zTuIQF34D/+1&#10;P7SC2QIeX+IPkKs7AAAA//8DAFBLAQItABQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAAAAAAAAA&#10;AAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsA&#10;AAAAAAAAAAAAAAAAHwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAAR841zEAAAA2wAAAA8A&#10;AAAAAAAAAAAAAAAABwIAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAAAwADALcAAAD4AgAAAAA=&#10;" path="m,l5887721,e" filled="f" strokeweight="1.44pt">
                   <v:path arrowok="t" textboxrect="0,0,5887721,0"/>
                 </v:shape>
                 <w10:anchorlock/>
               </v:group>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
     </w:p>
-    <w:p w14:paraId="543DCC6A" w14:textId="12ADD7CB" w:rsidR="00C05073" w:rsidRDefault="00221DB9" w:rsidP="003A2DF9">
+    <w:p w14:paraId="543DCC6A" w14:textId="1EC03F68" w:rsidR="00C05073" w:rsidRDefault="00221DB9" w:rsidP="003A2DF9">
       <w:pPr>
         <w:pStyle w:val="Default"/>
         <w:spacing w:after="80"/>
         <w:ind w:right="-46"/>
       </w:pPr>
       <w:r>
         <w:t>An</w:t>
       </w:r>
       <w:r w:rsidR="00075DA6" w:rsidRPr="00382242">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00F86FD1">
         <w:t>applicant company</w:t>
       </w:r>
       <w:r w:rsidR="00075DA6" w:rsidRPr="00382242">
         <w:t xml:space="preserve"> should complete this form </w:t>
       </w:r>
       <w:r w:rsidR="00382242" w:rsidRPr="00382242">
         <w:t xml:space="preserve">if they </w:t>
       </w:r>
       <w:r w:rsidR="003A2DF9">
         <w:t>think</w:t>
       </w:r>
       <w:r w:rsidR="00382242" w:rsidRPr="00382242">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00C13CB8">
         <w:t xml:space="preserve">that </w:t>
       </w:r>
       <w:r>
         <w:t>a</w:t>
       </w:r>
       <w:r w:rsidR="00382242" w:rsidRPr="00382242">
         <w:t xml:space="preserve"> medicine should be appraised under</w:t>
       </w:r>
       <w:r w:rsidR="007633AC">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
+      <w:r w:rsidR="00382242" w:rsidRPr="000F7D9F">
+        <w:t xml:space="preserve">AWMSG’s </w:t>
+      </w:r>
+      <w:r w:rsidR="00C13CB8" w:rsidRPr="000F7D9F">
+        <w:t>‘</w:t>
+      </w:r>
       <w:hyperlink r:id="rId9" w:history="1">
-        <w:r w:rsidR="00382242" w:rsidRPr="005A2964">
+        <w:r w:rsidR="00C13CB8" w:rsidRPr="00FF07C5">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
-          <w:t xml:space="preserve">AWMSG’s </w:t>
+          <w:t>Policy for appraising</w:t>
         </w:r>
-        <w:r w:rsidR="00C13CB8" w:rsidRPr="005A2964">
-[...5 lines deleted...]
-        <w:r w:rsidR="00382242" w:rsidRPr="005A2964">
+        <w:r w:rsidR="00382242" w:rsidRPr="00FF07C5">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t xml:space="preserve"> a medicine </w:t>
         </w:r>
-        <w:r w:rsidR="003A2DF9" w:rsidRPr="005A2964">
+        <w:r w:rsidR="003A2DF9" w:rsidRPr="00FF07C5">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>to treat</w:t>
         </w:r>
-        <w:r w:rsidR="00382242" w:rsidRPr="005A2964">
+        <w:r w:rsidR="00382242" w:rsidRPr="00FF07C5">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t xml:space="preserve"> a very rare disease</w:t>
         </w:r>
-        <w:r w:rsidR="00EF3BE5" w:rsidRPr="005A2964">
-[...4 lines deleted...]
-        </w:r>
       </w:hyperlink>
+      <w:r w:rsidR="00EF3BE5" w:rsidRPr="000F7D9F">
+        <w:t>’</w:t>
+      </w:r>
       <w:r w:rsidR="00382242" w:rsidRPr="00382242">
         <w:t xml:space="preserve">. </w:t>
       </w:r>
       <w:r w:rsidR="00A166F8">
         <w:t>Th</w:t>
       </w:r>
       <w:r w:rsidR="00C05073">
         <w:t>e information</w:t>
       </w:r>
       <w:r w:rsidR="003A2DF9">
         <w:t xml:space="preserve"> given</w:t>
       </w:r>
       <w:r w:rsidR="00C05073">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00A166F8">
         <w:t xml:space="preserve">will </w:t>
       </w:r>
       <w:r w:rsidR="003A2DF9">
         <w:t>let</w:t>
       </w:r>
       <w:r w:rsidR="00C05073">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00E93DCE">
@@ -568,51 +565,50 @@
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="3543"/>
         <w:gridCol w:w="5478"/>
       </w:tblGrid>
       <w:tr w:rsidR="00750C9F" w:rsidRPr="00382242" w14:paraId="74583AA6" w14:textId="77777777" w:rsidTr="00900E4C">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3544" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="5FFB5EF6" w14:textId="3EED0B2A" w:rsidR="00750C9F" w:rsidRPr="00382242" w:rsidRDefault="00274642" w:rsidP="00750C9F">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="284"/>
               </w:tabs>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Name of m</w:t>
             </w:r>
             <w:r w:rsidR="00750C9F" w:rsidRPr="00382242">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
@@ -667,51 +663,50 @@
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> the </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>applicant</w:t>
             </w:r>
             <w:r w:rsidR="00750C9F" w:rsidRPr="00382242">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> company</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5480" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="4976F9C1" w14:textId="42E34510" w:rsidR="00750C9F" w:rsidRPr="00382242" w:rsidRDefault="00750C9F" w:rsidP="00750C9F">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="284"/>
               </w:tabs>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="77CEF4D4" w14:textId="77777777" w:rsidR="00750C9F" w:rsidRPr="00382242" w:rsidRDefault="00750C9F" w:rsidP="00750C9F">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="284"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Times New Roman"/>
@@ -1131,730 +1126,632 @@
           </w:p>
           <w:p w14:paraId="5EE3D337" w14:textId="4F104A33" w:rsidR="00B00365" w:rsidRPr="00382242" w:rsidRDefault="00B00365" w:rsidP="00B63513">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="284"/>
               </w:tabs>
               <w:spacing w:before="120" w:after="120" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="693BBE59" w14:textId="77777777" w:rsidR="00282015" w:rsidRDefault="00282015" w:rsidP="00570D77">
       <w:pPr>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="323ABFD6" w14:textId="5885AD6A" w:rsidR="00075DA6" w:rsidRPr="00382242" w:rsidRDefault="00075DA6" w:rsidP="003A2DF9">
+    <w:p w14:paraId="323ABFD6" w14:textId="6DA5E621" w:rsidR="00075DA6" w:rsidRPr="00382242" w:rsidRDefault="00E83287" w:rsidP="003A2DF9">
       <w:pPr>
         <w:pStyle w:val="Default"/>
         <w:spacing w:after="80"/>
         <w:ind w:right="-46"/>
       </w:pPr>
-      <w:r w:rsidRPr="00382242">
-        <w:t xml:space="preserve">AWMSG will consider medicines eligible for </w:t>
+      <w:r>
+        <w:t>Medicines</w:t>
+      </w:r>
+      <w:r w:rsidR="00075DA6" w:rsidRPr="00382242">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">will be considered </w:t>
+      </w:r>
+      <w:r w:rsidR="00075DA6" w:rsidRPr="00382242">
+        <w:t xml:space="preserve">eligible for </w:t>
       </w:r>
       <w:r w:rsidR="00C05073">
         <w:t>appraisal</w:t>
       </w:r>
-      <w:r w:rsidRPr="00382242">
+      <w:r w:rsidR="00075DA6" w:rsidRPr="00382242">
         <w:t xml:space="preserve"> under </w:t>
       </w:r>
-      <w:r w:rsidR="00274642">
-        <w:t>its</w:t>
+      <w:r>
+        <w:t>the AWMSG very</w:t>
       </w:r>
-      <w:r w:rsidRPr="00382242">
-        <w:t xml:space="preserve"> very rare disease p</w:t>
+      <w:r w:rsidR="00075DA6" w:rsidRPr="00382242">
+        <w:t xml:space="preserve"> rare disease p</w:t>
       </w:r>
       <w:r w:rsidR="00274642">
         <w:t>olicy</w:t>
       </w:r>
-      <w:r w:rsidRPr="00382242">
+      <w:r w:rsidR="00075DA6" w:rsidRPr="00382242">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00E01D77">
+      <w:r w:rsidR="00075DA6" w:rsidRPr="00E01D77">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>if all</w:t>
       </w:r>
       <w:r w:rsidR="00C05073" w:rsidRPr="00E01D77">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t xml:space="preserve"> four</w:t>
       </w:r>
-      <w:r w:rsidRPr="00E01D77">
+      <w:r w:rsidR="00075DA6" w:rsidRPr="00E01D77">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t xml:space="preserve"> criteria</w:t>
       </w:r>
-      <w:r w:rsidRPr="00382242">
+      <w:r w:rsidR="00075DA6" w:rsidRPr="00382242">
         <w:t xml:space="preserve"> listed below are met. </w:t>
       </w:r>
       <w:r w:rsidR="00274642">
         <w:t>Provide s</w:t>
       </w:r>
-      <w:r w:rsidRPr="00382242">
+      <w:r w:rsidR="00075DA6" w:rsidRPr="00382242">
         <w:t xml:space="preserve">upporting evidence for </w:t>
       </w:r>
       <w:r w:rsidR="00E01D77">
         <w:t>all</w:t>
       </w:r>
-      <w:r w:rsidRPr="00382242">
+      <w:r w:rsidR="00075DA6" w:rsidRPr="00382242">
         <w:t xml:space="preserve"> of the criteria and reference appropriately. </w:t>
       </w:r>
       <w:r w:rsidR="00274642">
         <w:t>Send your</w:t>
       </w:r>
       <w:r w:rsidR="005C2DD9">
         <w:t xml:space="preserve"> completed</w:t>
       </w:r>
       <w:r w:rsidR="00386E73">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="005C2DD9">
         <w:t>form</w:t>
       </w:r>
-      <w:r w:rsidRPr="00382242">
+      <w:r w:rsidR="00075DA6" w:rsidRPr="00382242">
         <w:t xml:space="preserve"> to </w:t>
       </w:r>
       <w:hyperlink r:id="rId10" w:history="1">
-        <w:r w:rsidRPr="00382242">
+        <w:r w:rsidR="00075DA6" w:rsidRPr="00382242">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>awttc@wales.nhs.uk</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidR="005C2DD9">
         <w:rPr>
           <w:rStyle w:val="Hyperlink"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="267B7A95" w14:textId="3A64CD07" w:rsidR="00CA7988" w:rsidRDefault="00CA7988" w:rsidP="00CA7988">
       <w:pPr>
         <w:pStyle w:val="Default"/>
         <w:ind w:right="-46"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="9209" w:type="dxa"/>
         <w:tblInd w:w="-142" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="4815"/>
         <w:gridCol w:w="4394"/>
       </w:tblGrid>
       <w:tr w:rsidR="00CA7988" w:rsidRPr="00F0618E" w14:paraId="7743E1B3" w14:textId="77777777" w:rsidTr="002805A4">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4815" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="6A1A7B2C" w14:textId="77777777" w:rsidR="00CA7988" w:rsidRPr="005C2DD9" w:rsidRDefault="00CA7988" w:rsidP="003A2DF9">
             <w:pPr>
               <w:pStyle w:val="Default"/>
               <w:spacing w:after="80"/>
               <w:ind w:right="-46"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:b/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="005C2DD9">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:b/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>Criteria</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4394" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="14F4328C" w14:textId="77777777" w:rsidR="00CA7988" w:rsidRPr="005C2DD9" w:rsidRDefault="00CA7988" w:rsidP="003A2DF9">
             <w:pPr>
               <w:pStyle w:val="Default"/>
               <w:spacing w:after="80"/>
               <w:ind w:right="-46"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:b/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="005C2DD9">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:b/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>Supporting evidence</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00CA7988" w:rsidRPr="00F0618E" w14:paraId="0285E73C" w14:textId="77777777" w:rsidTr="002805A4">
         <w:trPr>
           <w:trHeight w:val="879"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4815" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="6022BFD1" w14:textId="0F3A5555" w:rsidR="00D158C4" w:rsidRPr="00221DB9" w:rsidRDefault="005C2DD9" w:rsidP="002345FA">
+          <w:p w14:paraId="3B523101" w14:textId="7BD74101" w:rsidR="00245799" w:rsidRPr="005A01EC" w:rsidRDefault="00E83287" w:rsidP="005A01EC">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
-                <w:numId w:val="19"/>
+                <w:numId w:val="29"/>
               </w:numPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="455"/>
               </w:tabs>
               <w:spacing w:after="80" w:line="240" w:lineRule="auto"/>
-              <w:ind w:left="455" w:hanging="426"/>
-              <w:contextualSpacing w:val="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="003D5AC0">
+            <w:r w:rsidRPr="005A01EC">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>The disease is very rare</w:t>
+              <w:t>The disease is very rare and debilitating</w:t>
             </w:r>
-            <w:r w:rsidR="002345FA" w:rsidRPr="002345FA">
-[...9 lines deleted...]
-            <w:r w:rsidR="002345FA" w:rsidRPr="002345FA">
+            <w:r w:rsidRPr="005A01EC" w:rsidDel="00E83287">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-          </w:p>
-[...11 lines deleted...]
-            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4394" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="2818750C" w14:textId="02AD5541" w:rsidR="00CA7988" w:rsidRPr="00221DB9" w:rsidRDefault="00AA4348" w:rsidP="00221DB9">
+          <w:p w14:paraId="580CC8B8" w14:textId="1F5028A0" w:rsidR="00E83287" w:rsidRPr="00BA7A8B" w:rsidRDefault="00E83287" w:rsidP="00E83287">
             <w:pPr>
-              <w:pStyle w:val="Default"/>
-[...3 lines deleted...]
-                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Calibri" w:hAnsiTheme="minorHAnsi"/>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="738"/>
+                <w:tab w:val="left" w:pos="1022"/>
+              </w:tabs>
+              <w:spacing w:after="80" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:i/>
-                <w:lang w:eastAsia="en-US"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00BA7A8B">
               <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:i/>
-              </w:rPr>
-              <w:t>Include the source of the data.</w:t>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Outline</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00BA7A8B">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:i/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> how the </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00BA7A8B">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:i/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">nature of the </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00BA7A8B">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:i/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>disease</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00BA7A8B">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:i/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> meets this description.</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:i/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00BA7A8B">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:i/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Include the degree of severity of the disease as presently managed, </w:t>
+            </w:r>
+            <w:r w:rsidR="002836A2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:i/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">how the disease </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00BA7A8B">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:i/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>impacts patients</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:i/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>, their families</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00BA7A8B">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:i/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> and their carers.</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="6C47333F" w14:textId="77777777" w:rsidR="00CA7988" w:rsidRPr="005A3978" w:rsidRDefault="00CA7988" w:rsidP="00900E4C">
             <w:pPr>
               <w:pStyle w:val="Default"/>
               <w:spacing w:after="80"/>
               <w:ind w:right="-46"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Calibri" w:hAnsiTheme="minorHAnsi"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00CA7988" w:rsidRPr="00F0618E" w14:paraId="5481C3CD" w14:textId="77777777" w:rsidTr="002805A4">
+      <w:tr w:rsidR="00CA7988" w:rsidRPr="00F0618E" w14:paraId="5481C3CD" w14:textId="77777777" w:rsidTr="005A01EC">
         <w:trPr>
-          <w:trHeight w:val="1928"/>
+          <w:trHeight w:val="1022"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4815" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="0392E928" w14:textId="1CB79239" w:rsidR="005A3FCE" w:rsidRPr="00221DB9" w:rsidRDefault="00CA7988" w:rsidP="00221DB9">
+          <w:p w14:paraId="0392E928" w14:textId="1CF4CD95" w:rsidR="005A3FCE" w:rsidRPr="005A01EC" w:rsidRDefault="00CA7988" w:rsidP="005A01EC">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
-                <w:numId w:val="19"/>
+                <w:numId w:val="29"/>
               </w:numPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="455"/>
               </w:tabs>
               <w:spacing w:after="80" w:line="240" w:lineRule="auto"/>
-              <w:ind w:left="455" w:hanging="455"/>
-              <w:contextualSpacing w:val="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="003D5AC0">
+            <w:r w:rsidRPr="005A01EC">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:br w:type="page"/>
             </w:r>
-            <w:r w:rsidR="003A2DF9">
+            <w:r w:rsidR="00E83287" w:rsidRPr="005A01EC">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>Usu</w:t>
-[...73 lines deleted...]
-              <w:t>.</w:t>
+              <w:t>The medicine is an innovation for the very rare disease.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4394" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="36076385" w14:textId="4EAC4F64" w:rsidR="00CA7988" w:rsidRPr="00221DB9" w:rsidRDefault="00AA4348" w:rsidP="00221DB9">
+          <w:p w14:paraId="36076385" w14:textId="6133324D" w:rsidR="00CA7988" w:rsidRPr="005A01EC" w:rsidRDefault="00E83287" w:rsidP="005A01EC">
             <w:pPr>
-              <w:pStyle w:val="Default"/>
               <w:tabs>
-                <w:tab w:val="left" w:pos="455"/>
+                <w:tab w:val="left" w:pos="738"/>
+                <w:tab w:val="left" w:pos="1022"/>
               </w:tabs>
-              <w:spacing w:after="80"/>
-[...2 lines deleted...]
-                <w:rFonts w:eastAsia="Calibri"/>
+              <w:spacing w:after="80" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:i/>
-                <w:lang w:eastAsia="en-US"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00BA7A8B">
               <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:i/>
-              </w:rPr>
-              <w:t>Include the source of the data.</w:t>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Outline</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00BA7A8B">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:i/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> how the </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:i/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>medicine</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00BA7A8B">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:i/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> meets this description</w:t>
+            </w:r>
+            <w:r w:rsidR="002836A2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:i/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00CA7988" w:rsidRPr="00F0618E" w14:paraId="761FC8F3" w14:textId="77777777" w:rsidTr="002805A4">
+      <w:tr w:rsidR="00CA7988" w:rsidRPr="00F0618E" w14:paraId="761FC8F3" w14:textId="77777777" w:rsidTr="005A01EC">
         <w:trPr>
-          <w:trHeight w:val="2381"/>
+          <w:trHeight w:val="1419"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4815" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="0610E557" w14:textId="71A9CBFE" w:rsidR="00CA7988" w:rsidRPr="00BA7A8B" w:rsidRDefault="003D5AC0" w:rsidP="00BA7A8B">
+          <w:p w14:paraId="0610E557" w14:textId="79625182" w:rsidR="00CA7988" w:rsidRPr="005A01EC" w:rsidRDefault="00E83287" w:rsidP="005A01EC">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
-                <w:numId w:val="19"/>
+                <w:numId w:val="29"/>
               </w:numPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="455"/>
               </w:tabs>
               <w:spacing w:after="80" w:line="240" w:lineRule="auto"/>
-              <w:ind w:left="455" w:hanging="455"/>
-              <w:contextualSpacing w:val="0"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00E0786A">
+            <w:r w:rsidRPr="005A01EC">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>The very rare disease for</w:t>
+              <w:t>No more than 18 people in Wales are eligible to receive the medicine for its licensed indication</w:t>
             </w:r>
-            <w:r w:rsidR="00282015">
+            <w:r w:rsidRPr="005A01EC">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-              </w:rPr>
-              <w:t xml:space="preserve"> w</w:t>
+                <w:vertAlign w:val="superscript"/>
+              </w:rPr>
+              <w:t xml:space="preserve">† </w:t>
             </w:r>
-            <w:r w:rsidRPr="00E0786A">
+            <w:r w:rsidRPr="005A01EC">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>hich the medicine is indicated significantly shortens life or severely impairs quality of lif</w:t>
-[...7 lines deleted...]
-              <w:t>e.</w:t>
+              <w:t>and it is not an individualised medicine.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4394" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="774E1C95" w14:textId="77777777" w:rsidR="00AA4348" w:rsidRPr="00BA7A8B" w:rsidRDefault="00AA4348" w:rsidP="00BA7A8B">
+          <w:p w14:paraId="47CF4891" w14:textId="34E3C708" w:rsidR="00CA7988" w:rsidRPr="00BA7A8B" w:rsidRDefault="00370162" w:rsidP="00BA7A8B">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="738"/>
                 <w:tab w:val="left" w:pos="1022"/>
               </w:tabs>
               <w:spacing w:after="80" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:i/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00BA7A8B">
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:i/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>Outline</w:t>
-[...79 lines deleted...]
-              <w:t xml:space="preserve">. </w:t>
+              <w:t>Include the source of the data.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00CA7988" w:rsidRPr="00F0618E" w14:paraId="5B537980" w14:textId="77777777" w:rsidTr="002805A4">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4815" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="3A3B21CD" w14:textId="2C46995D" w:rsidR="003D5AC0" w:rsidRPr="00BB2067" w:rsidRDefault="003D5AC0" w:rsidP="00BB2067">
-[...52 lines deleted...]
-          <w:p w14:paraId="53E1F9B7" w14:textId="62BE482F" w:rsidR="00CA7988" w:rsidRPr="005B190D" w:rsidRDefault="00CA7988" w:rsidP="00184187">
+          <w:p w14:paraId="53E1F9B7" w14:textId="6C1BC066" w:rsidR="00CA7988" w:rsidRPr="005A01EC" w:rsidRDefault="00370162" w:rsidP="005A01EC">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:widowControl w:val="0"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="29"/>
+              </w:numPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="738"/>
               </w:tabs>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:spacing w:before="48" w:after="80" w:line="240" w:lineRule="auto"/>
-              <w:ind w:left="738"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:i/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
+            <w:r w:rsidRPr="005A01EC">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>The medicine is likely to offer substantial additional benefit for people with the very rare disease over existing established clinical management, and existing management is considered inadequate.</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4394" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="7033F4FA" w14:textId="2B765D5A" w:rsidR="00184187" w:rsidRPr="00BA7A8B" w:rsidRDefault="00184187" w:rsidP="00BA7A8B">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="738"/>
               </w:tabs>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:spacing w:before="48" w:after="80" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:i/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00BA7A8B">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:i/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">Briefly outline how patients are managed </w:t>
@@ -2024,338 +1921,383 @@
           </w:p>
           <w:p w14:paraId="01D173C8" w14:textId="1FA2C86A" w:rsidR="00BA7A8B" w:rsidRPr="00BA7A8B" w:rsidRDefault="00BA7A8B" w:rsidP="00BA7A8B">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="738"/>
               </w:tabs>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:spacing w:before="48" w:after="80" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:i/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="0021571A" w:rsidRPr="00F0618E" w14:paraId="07E28865" w14:textId="77777777" w:rsidTr="002805A4">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9209" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="1B76977F" w14:textId="142997B7" w:rsidR="002345FA" w:rsidRDefault="002345FA" w:rsidP="002345FA">
+          <w:p w14:paraId="339BFB2E" w14:textId="3C30E8DD" w:rsidR="00E83287" w:rsidRDefault="002345FA" w:rsidP="00E83287">
+            <w:pPr>
+              <w:pStyle w:val="NoSpacing"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rStyle w:val="FootnoteReference"/>
+              </w:rPr>
+              <w:t>*</w:t>
+            </w:r>
+            <w:r w:rsidR="00E83287" w:rsidRPr="006D0277">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> The disease has a </w:t>
+            </w:r>
+            <w:r w:rsidR="00E83287">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">point </w:t>
+            </w:r>
+            <w:r w:rsidR="00E83287" w:rsidRPr="006D0277">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">prevalence of ≤ 1 in 50,000 people in </w:t>
+            </w:r>
+            <w:r w:rsidR="000F7D9F" w:rsidRPr="006D0277">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Wales or</w:t>
+            </w:r>
+            <w:r w:rsidR="00E83287" w:rsidRPr="006D0277">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> affects approximately 63 or less people in Wales</w:t>
+            </w:r>
+            <w:r w:rsidR="00E83287" w:rsidRPr="005D2B1D">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="1B76977F" w14:textId="0933F726" w:rsidR="002345FA" w:rsidRDefault="002345FA" w:rsidP="002345FA">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="455"/>
               </w:tabs>
               <w:spacing w:after="80" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-[...12 lines deleted...]
-            </w:r>
           </w:p>
           <w:p w14:paraId="5BDEA811" w14:textId="54C5062C" w:rsidR="0021571A" w:rsidRPr="00B40376" w:rsidRDefault="002345FA" w:rsidP="00BA7A8B">
             <w:pPr>
               <w:pStyle w:val="Default"/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="455"/>
               </w:tabs>
               <w:spacing w:after="80"/>
               <w:ind w:right="-45"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rStyle w:val="FootnoteReference"/>
               </w:rPr>
               <w:t>†</w:t>
             </w:r>
             <w:r w:rsidRPr="00B40376">
               <w:t>This refers to treatment eligibility.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="33C9BBA8" w14:textId="355A0AED" w:rsidR="00750C9F" w:rsidRDefault="00750C9F" w:rsidP="00750C9F">
+    <w:p w14:paraId="5A61F43F" w14:textId="7AE40008" w:rsidR="00221DB9" w:rsidRDefault="00221DB9" w:rsidP="00750C9F">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="5A61F43F" w14:textId="7AE40008" w:rsidR="00221DB9" w:rsidRDefault="00221DB9" w:rsidP="00750C9F">
+    <w:p w14:paraId="17E2295F" w14:textId="5A59DBBB" w:rsidR="00221DB9" w:rsidRDefault="00221DB9" w:rsidP="00750C9F">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
         </w:rPr>
       </w:pPr>
-    </w:p>
-[...9 lines deleted...]
-      <w:bookmarkEnd w:id="0"/>
     </w:p>
     <w:p w14:paraId="54194C47" w14:textId="70E74A2C" w:rsidR="00CA7988" w:rsidRPr="00282015" w:rsidRDefault="00CA7988" w:rsidP="00CA7988">
       <w:pPr>
         <w:spacing w:after="80" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00282015">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t>References</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="699024CB" w14:textId="77777777" w:rsidR="00CA7988" w:rsidRPr="00282015" w:rsidRDefault="00CA7988" w:rsidP="00CA7988">
       <w:pPr>
         <w:spacing w:after="80" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:i/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00282015">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:i/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>List below</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="04CE7F95" w14:textId="77777777" w:rsidR="00CA7988" w:rsidRPr="008574E2" w:rsidRDefault="00CA7988" w:rsidP="00CA7988">
       <w:pPr>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:sectPr w:rsidR="00CA7988" w:rsidRPr="008574E2" w:rsidSect="001F163D">
       <w:footerReference w:type="default" r:id="rId11"/>
       <w:footnotePr>
         <w:pos w:val="beneathText"/>
       </w:footnotePr>
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
     <w:p w14:paraId="02A174A1" w14:textId="77777777" w:rsidR="00A10C4B" w:rsidRDefault="00A10C4B" w:rsidP="005025E5">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
     <w:p w14:paraId="3F2426B5" w14:textId="77777777" w:rsidR="00A10C4B" w:rsidRDefault="00A10C4B" w:rsidP="005025E5">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Segoe UI Symbol">
     <w:panose1 w:val="020B0502040204020203"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="800001E3" w:usb1="1200FFEF" w:usb2="00040000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Tahoma">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="MS Gothic">
     <w:altName w:val="ＭＳ ゴシック"/>
     <w:panose1 w:val="020B0609070205080204"/>
     <w:charset w:val="80"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="08000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="MS Mincho">
     <w:altName w:val="ＭＳ 明朝"/>
     <w:panose1 w:val="02020609040205080304"/>
     <w:charset w:val="80"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="08000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
-  <w:p w14:paraId="1ECAFD7C" w14:textId="19F58905" w:rsidR="00A10C4B" w:rsidRPr="00B40376" w:rsidRDefault="00E61C4D" w:rsidP="00E61C4D">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="1ECAFD7C" w14:textId="1B53F8B4" w:rsidR="00A10C4B" w:rsidRPr="00B40376" w:rsidRDefault="006966B9" w:rsidP="00E61C4D">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
       <w:tabs>
         <w:tab w:val="right" w:pos="7920"/>
         <w:tab w:val="right" w:pos="9072"/>
       </w:tabs>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:sz w:val="24"/>
         <w:szCs w:val="24"/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:sz w:val="24"/>
         <w:szCs w:val="24"/>
       </w:rPr>
-      <w:t>May 2023</w:t>
+      <w:t>December</w:t>
     </w:r>
-    <w:r>
+    <w:r w:rsidR="00E83287">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:sz w:val="24"/>
         <w:szCs w:val="24"/>
       </w:rPr>
+      <w:t xml:space="preserve"> 2025</w:t>
+    </w:r>
+    <w:r w:rsidR="00E61C4D">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        <w:sz w:val="24"/>
+        <w:szCs w:val="24"/>
+      </w:rPr>
       <w:tab/>
     </w:r>
-    <w:r>
+    <w:r w:rsidR="00E61C4D">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:sz w:val="24"/>
         <w:szCs w:val="24"/>
       </w:rPr>
       <w:tab/>
     </w:r>
     <w:r w:rsidR="00A10C4B" w:rsidRPr="00B40376">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:sz w:val="24"/>
         <w:szCs w:val="24"/>
       </w:rPr>
       <w:t xml:space="preserve">Page </w:t>
     </w:r>
     <w:r w:rsidR="00A10C4B" w:rsidRPr="00B40376">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:sz w:val="24"/>
         <w:szCs w:val="24"/>
       </w:rPr>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r w:rsidR="00A10C4B" w:rsidRPr="00B40376">
       <w:rPr>
@@ -2422,87 +2364,73 @@
       </w:rPr>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r w:rsidR="00A9012C" w:rsidRPr="00B40376">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:noProof/>
         <w:sz w:val="24"/>
         <w:szCs w:val="24"/>
       </w:rPr>
       <w:t>5</w:t>
     </w:r>
     <w:r w:rsidR="00A10C4B" w:rsidRPr="00B40376">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:sz w:val="24"/>
         <w:szCs w:val="24"/>
       </w:rPr>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
     <w:p w14:paraId="0064D5EB" w14:textId="60DA3DB8" w:rsidR="00A10C4B" w:rsidRPr="00221DB9" w:rsidRDefault="00A10C4B" w:rsidP="00221DB9">
       <w:pPr>
         <w:pStyle w:val="Footer"/>
       </w:pPr>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w14:paraId="456FA1FA" w14:textId="77777777" w:rsidR="00A10C4B" w:rsidRDefault="00A10C4B" w:rsidP="005025E5">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
-    </w:p>
-[...12 lines deleted...]
-      </w:pPr>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="00000001"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="00000001"/>
     <w:lvl w:ilvl="0" w:tplc="00000001">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="FFFFFFFF">
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="FFFFFFFF">
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="FFFFFFFF">
       <w:numFmt w:val="decimal"/>
@@ -3612,50 +3540,145 @@
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="08090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0809001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="13" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="3B0A41B7"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="939E836A"/>
+    <w:lvl w:ilvl="0" w:tplc="D904EBEE">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial" w:hint="default"/>
+        <w:b w:val="0"/>
+        <w:bCs/>
+        <w:i w:val="0"/>
+        <w:iCs/>
+        <w:sz w:val="24"/>
+        <w:szCs w:val="24"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="08090019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="0809001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="0809000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="08090019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="0809001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="0809000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="08090019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="0809001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="14" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="42841687"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="CEA62ED0"/>
     <w:lvl w:ilvl="0" w:tplc="A3F6AC82">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:pStyle w:val="PAMSBullet1"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="928" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="08090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1797" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
@@ -3725,51 +3748,51 @@
     <w:lvl w:ilvl="7" w:tplc="08090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6117" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="08090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6837" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="14" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="15" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="42D10252"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="658879FE"/>
     <w:lvl w:ilvl="0" w:tplc="08090001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="928" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="08090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1648" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -3838,51 +3861,51 @@
     <w:lvl w:ilvl="7" w:tplc="08090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5968" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="08090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6688" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="15" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="16" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="43764DFD"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="32B8273C"/>
     <w:lvl w:ilvl="0" w:tplc="0809000F">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
         <w:color w:val="auto"/>
         <w:u w:val="none"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="08090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
@@ -3929,51 +3952,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="08090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0809001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="16" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="17" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="4CD42F2F"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="F25E8D0C"/>
     <w:lvl w:ilvl="0" w:tplc="08090001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="781" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="08090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1501" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -4042,51 +4065,51 @@
     <w:lvl w:ilvl="7" w:tplc="08090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5821" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="08090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6541" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="17" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="18" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="53F113B3"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="D1F07016"/>
     <w:lvl w:ilvl="0" w:tplc="08090001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="08090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -4155,51 +4178,51 @@
     <w:lvl w:ilvl="7" w:tplc="08090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="08090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="18" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="19" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="5EA9567B"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="C8E6BEC2"/>
     <w:lvl w:ilvl="0" w:tplc="08090001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="928" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="08090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -4268,71 +4291,71 @@
     <w:lvl w:ilvl="7" w:tplc="08090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="08090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="19" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="20" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="5FA04CED"/>
     <w:multiLevelType w:val="singleLevel"/>
     <w:tmpl w:val="0409000B"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="360"/>
         </w:tabs>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="20" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="21" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="643E6C5F"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="998E55B4"/>
     <w:lvl w:ilvl="0" w:tplc="08090001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="08090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -4401,51 +4424,51 @@
     <w:lvl w:ilvl="7" w:tplc="08090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="08090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="21" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="22" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="67446C5B"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="7AE07EA6"/>
     <w:lvl w:ilvl="0" w:tplc="08090001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1080" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="08090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1800" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -4514,51 +4537,51 @@
     <w:lvl w:ilvl="7" w:tplc="08090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6120" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="08090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6840" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="22" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="23" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="67F03EE4"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="D8AA7C34"/>
     <w:lvl w:ilvl="0" w:tplc="34FE4698">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="864"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:b w:val="0"/>
         <w:i w:val="0"/>
         <w:strike w:val="0"/>
         <w:dstrike w:val="0"/>
         <w:color w:val="000000"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:u w:val="none" w:color="000000"/>
         <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
         <w:vertAlign w:val="baseline"/>
       </w:rPr>
@@ -4726,71 +4749,71 @@
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="449C7A1A">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="▪"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6518"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="Segoe UI Symbol" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
         <w:b w:val="0"/>
         <w:i w:val="0"/>
         <w:strike w:val="0"/>
         <w:dstrike w:val="0"/>
         <w:color w:val="000000"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:u w:val="none" w:color="000000"/>
         <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
         <w:vertAlign w:val="baseline"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="23" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="24" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="6CBE02A7"/>
     <w:multiLevelType w:val="singleLevel"/>
     <w:tmpl w:val="0409000B"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="360"/>
         </w:tabs>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="24" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="25" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="6D7B5FC3"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="00F2A1B6"/>
     <w:lvl w:ilvl="0" w:tplc="08090001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="08090003">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -4859,51 +4882,51 @@
     <w:lvl w:ilvl="7" w:tplc="08090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="08090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="25" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="26" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="72143EFB"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="AF061712"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
@@ -5008,51 +5031,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="26" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="27" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="740F297F"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="A844B0F4"/>
     <w:lvl w:ilvl="0" w:tplc="08090001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="08090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -5121,51 +5144,51 @@
     <w:lvl w:ilvl="7" w:tplc="08090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="08090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="27" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="28" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="7DE5189D"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="33166444"/>
     <w:lvl w:ilvl="0" w:tplc="08090001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1725" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="08090003">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2445" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -5234,228 +5257,235 @@
     <w:lvl w:ilvl="7" w:tplc="08090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6765" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="08090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="7485" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:num w:numId="1">
+  <w:num w:numId="1" w16cid:durableId="460878550">
     <w:abstractNumId w:val="11"/>
   </w:num>
-  <w:num w:numId="2">
+  <w:num w:numId="2" w16cid:durableId="729966056">
+    <w:abstractNumId w:val="22"/>
+  </w:num>
+  <w:num w:numId="3" w16cid:durableId="1010985315">
+    <w:abstractNumId w:val="19"/>
+  </w:num>
+  <w:num w:numId="4" w16cid:durableId="1502889850">
+    <w:abstractNumId w:val="26"/>
+  </w:num>
+  <w:num w:numId="5" w16cid:durableId="964773829">
+    <w:abstractNumId w:val="27"/>
+  </w:num>
+  <w:num w:numId="6" w16cid:durableId="1555383309">
+    <w:abstractNumId w:val="17"/>
+  </w:num>
+  <w:num w:numId="7" w16cid:durableId="1717582843">
+    <w:abstractNumId w:val="1"/>
+  </w:num>
+  <w:num w:numId="8" w16cid:durableId="1717585300">
+    <w:abstractNumId w:val="15"/>
+  </w:num>
+  <w:num w:numId="9" w16cid:durableId="231622707">
+    <w:abstractNumId w:val="14"/>
+  </w:num>
+  <w:num w:numId="10" w16cid:durableId="1416636172">
+    <w:abstractNumId w:val="4"/>
+  </w:num>
+  <w:num w:numId="11" w16cid:durableId="835800808">
+    <w:abstractNumId w:val="16"/>
+  </w:num>
+  <w:num w:numId="12" w16cid:durableId="465120962">
+    <w:abstractNumId w:val="24"/>
+  </w:num>
+  <w:num w:numId="13" w16cid:durableId="1224949091">
+    <w:abstractNumId w:val="20"/>
+  </w:num>
+  <w:num w:numId="14" w16cid:durableId="149518198">
+    <w:abstractNumId w:val="7"/>
+  </w:num>
+  <w:num w:numId="15" w16cid:durableId="533421373">
+    <w:abstractNumId w:val="10"/>
+  </w:num>
+  <w:num w:numId="16" w16cid:durableId="415715094">
+    <w:abstractNumId w:val="6"/>
+  </w:num>
+  <w:num w:numId="17" w16cid:durableId="54161703">
+    <w:abstractNumId w:val="0"/>
+  </w:num>
+  <w:num w:numId="18" w16cid:durableId="1293484265">
+    <w:abstractNumId w:val="23"/>
+  </w:num>
+  <w:num w:numId="19" w16cid:durableId="390351932">
+    <w:abstractNumId w:val="3"/>
+  </w:num>
+  <w:num w:numId="20" w16cid:durableId="433089680">
+    <w:abstractNumId w:val="28"/>
+  </w:num>
+  <w:num w:numId="21" w16cid:durableId="1368216701">
+    <w:abstractNumId w:val="2"/>
+  </w:num>
+  <w:num w:numId="22" w16cid:durableId="1951159380">
+    <w:abstractNumId w:val="8"/>
+  </w:num>
+  <w:num w:numId="23" w16cid:durableId="1249655764">
     <w:abstractNumId w:val="21"/>
   </w:num>
-  <w:num w:numId="3">
+  <w:num w:numId="24" w16cid:durableId="466552704">
+    <w:abstractNumId w:val="12"/>
+  </w:num>
+  <w:num w:numId="25" w16cid:durableId="1007639647">
+    <w:abstractNumId w:val="9"/>
+  </w:num>
+  <w:num w:numId="26" w16cid:durableId="766998575">
     <w:abstractNumId w:val="18"/>
   </w:num>
-  <w:num w:numId="4">
+  <w:num w:numId="27" w16cid:durableId="429014346">
     <w:abstractNumId w:val="25"/>
   </w:num>
-  <w:num w:numId="5">
-    <w:abstractNumId w:val="26"/>
+  <w:num w:numId="28" w16cid:durableId="1607620510">
+    <w:abstractNumId w:val="5"/>
   </w:num>
-  <w:num w:numId="6">
-[...8 lines deleted...]
-  <w:num w:numId="9">
+  <w:num w:numId="29" w16cid:durableId="27873486">
     <w:abstractNumId w:val="13"/>
-  </w:num>
-[...55 lines deleted...]
-    <w:abstractNumId w:val="5"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid">
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="100353"/>
+    <o:shapedefaults v:ext="edit" spidmax="114689"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:pos w:val="beneathText"/>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="003E4D44"/>
     <w:rsid w:val="00000673"/>
     <w:rsid w:val="000035C8"/>
     <w:rsid w:val="00004559"/>
     <w:rsid w:val="00006C11"/>
     <w:rsid w:val="00006D91"/>
     <w:rsid w:val="00006ECA"/>
     <w:rsid w:val="00007561"/>
     <w:rsid w:val="00013337"/>
     <w:rsid w:val="00013842"/>
     <w:rsid w:val="000232A1"/>
     <w:rsid w:val="0002411D"/>
     <w:rsid w:val="000266B3"/>
     <w:rsid w:val="00026E22"/>
     <w:rsid w:val="00027423"/>
     <w:rsid w:val="000313CB"/>
     <w:rsid w:val="00031CAA"/>
     <w:rsid w:val="00032A52"/>
     <w:rsid w:val="00036FCB"/>
     <w:rsid w:val="00040FD6"/>
     <w:rsid w:val="0004334C"/>
     <w:rsid w:val="000438DD"/>
     <w:rsid w:val="000452E4"/>
     <w:rsid w:val="00046332"/>
     <w:rsid w:val="000516D1"/>
     <w:rsid w:val="00052FE3"/>
+    <w:rsid w:val="00054163"/>
+    <w:rsid w:val="00057A5B"/>
     <w:rsid w:val="00060384"/>
     <w:rsid w:val="0006072E"/>
     <w:rsid w:val="0006150B"/>
     <w:rsid w:val="00062958"/>
     <w:rsid w:val="00067B3C"/>
     <w:rsid w:val="00071CA5"/>
     <w:rsid w:val="000732E4"/>
     <w:rsid w:val="00074075"/>
     <w:rsid w:val="00075DA6"/>
     <w:rsid w:val="000805FA"/>
     <w:rsid w:val="00083A7D"/>
     <w:rsid w:val="00083D66"/>
     <w:rsid w:val="00085875"/>
     <w:rsid w:val="00094527"/>
     <w:rsid w:val="000A1DF6"/>
     <w:rsid w:val="000A2C92"/>
+    <w:rsid w:val="000B0499"/>
     <w:rsid w:val="000B0DED"/>
     <w:rsid w:val="000B553D"/>
     <w:rsid w:val="000B5922"/>
     <w:rsid w:val="000C3D99"/>
     <w:rsid w:val="000C3F56"/>
     <w:rsid w:val="000C7686"/>
     <w:rsid w:val="000D0DD2"/>
     <w:rsid w:val="000D16BD"/>
     <w:rsid w:val="000D33BB"/>
     <w:rsid w:val="000D64B5"/>
     <w:rsid w:val="000D690A"/>
     <w:rsid w:val="000E12B1"/>
     <w:rsid w:val="000E1366"/>
     <w:rsid w:val="000E1781"/>
     <w:rsid w:val="000E1D8A"/>
     <w:rsid w:val="000E2411"/>
     <w:rsid w:val="000E28AD"/>
     <w:rsid w:val="000E564D"/>
     <w:rsid w:val="000F149C"/>
     <w:rsid w:val="000F2858"/>
     <w:rsid w:val="000F3552"/>
     <w:rsid w:val="000F61AB"/>
+    <w:rsid w:val="000F7D9F"/>
     <w:rsid w:val="00100EC7"/>
     <w:rsid w:val="00101E3A"/>
     <w:rsid w:val="00102B38"/>
     <w:rsid w:val="001031F6"/>
     <w:rsid w:val="001053C3"/>
     <w:rsid w:val="00105CB1"/>
     <w:rsid w:val="00105FE2"/>
     <w:rsid w:val="0010745B"/>
     <w:rsid w:val="00111E6B"/>
     <w:rsid w:val="0011222A"/>
     <w:rsid w:val="001141DB"/>
     <w:rsid w:val="00115045"/>
     <w:rsid w:val="0011517A"/>
     <w:rsid w:val="00115A85"/>
     <w:rsid w:val="00115DB0"/>
     <w:rsid w:val="0011649F"/>
     <w:rsid w:val="00126A08"/>
     <w:rsid w:val="00132BFF"/>
     <w:rsid w:val="001336F6"/>
     <w:rsid w:val="00136F12"/>
     <w:rsid w:val="001401E4"/>
     <w:rsid w:val="00143C32"/>
     <w:rsid w:val="00143E95"/>
     <w:rsid w:val="00144068"/>
     <w:rsid w:val="0014582F"/>
@@ -5524,103 +5554,107 @@
     <w:rsid w:val="00243A8B"/>
     <w:rsid w:val="00244ACE"/>
     <w:rsid w:val="00245166"/>
     <w:rsid w:val="00245799"/>
     <w:rsid w:val="00253741"/>
     <w:rsid w:val="002537A8"/>
     <w:rsid w:val="002549F6"/>
     <w:rsid w:val="002601C6"/>
     <w:rsid w:val="00263551"/>
     <w:rsid w:val="00264F91"/>
     <w:rsid w:val="0026559E"/>
     <w:rsid w:val="002661A7"/>
     <w:rsid w:val="002665E1"/>
     <w:rsid w:val="002712BB"/>
     <w:rsid w:val="00272F72"/>
     <w:rsid w:val="0027328B"/>
     <w:rsid w:val="00274570"/>
     <w:rsid w:val="00274642"/>
     <w:rsid w:val="002753A7"/>
     <w:rsid w:val="00277EF1"/>
     <w:rsid w:val="002805A4"/>
     <w:rsid w:val="00280D13"/>
     <w:rsid w:val="00281007"/>
     <w:rsid w:val="00281C83"/>
     <w:rsid w:val="00282015"/>
+    <w:rsid w:val="002836A2"/>
     <w:rsid w:val="0028411F"/>
     <w:rsid w:val="00286C77"/>
     <w:rsid w:val="00287A7D"/>
     <w:rsid w:val="002928DE"/>
     <w:rsid w:val="00293B72"/>
     <w:rsid w:val="00294BD1"/>
     <w:rsid w:val="002A010C"/>
+    <w:rsid w:val="002A10C7"/>
     <w:rsid w:val="002A3D8D"/>
     <w:rsid w:val="002A795F"/>
     <w:rsid w:val="002A7A18"/>
     <w:rsid w:val="002B1547"/>
     <w:rsid w:val="002B4619"/>
     <w:rsid w:val="002B67F9"/>
     <w:rsid w:val="002B6B5F"/>
     <w:rsid w:val="002B7C01"/>
     <w:rsid w:val="002B7EBD"/>
     <w:rsid w:val="002C07F5"/>
     <w:rsid w:val="002C147B"/>
     <w:rsid w:val="002C1568"/>
     <w:rsid w:val="002C4162"/>
     <w:rsid w:val="002C4A8D"/>
     <w:rsid w:val="002C6405"/>
     <w:rsid w:val="002C72B2"/>
     <w:rsid w:val="002D74A7"/>
     <w:rsid w:val="002E7827"/>
+    <w:rsid w:val="002F3B08"/>
     <w:rsid w:val="002F4155"/>
     <w:rsid w:val="003030A0"/>
     <w:rsid w:val="00305000"/>
     <w:rsid w:val="00307B26"/>
     <w:rsid w:val="00313974"/>
     <w:rsid w:val="00313D7C"/>
     <w:rsid w:val="00313DFB"/>
     <w:rsid w:val="003156CA"/>
     <w:rsid w:val="00315B6F"/>
     <w:rsid w:val="003204A2"/>
     <w:rsid w:val="00323E1F"/>
     <w:rsid w:val="0032664E"/>
     <w:rsid w:val="003271CB"/>
     <w:rsid w:val="00327C59"/>
     <w:rsid w:val="00331176"/>
     <w:rsid w:val="00333C70"/>
     <w:rsid w:val="0033442E"/>
     <w:rsid w:val="0033760F"/>
     <w:rsid w:val="00337B88"/>
     <w:rsid w:val="00337EF3"/>
     <w:rsid w:val="0034487C"/>
     <w:rsid w:val="00345ACC"/>
     <w:rsid w:val="00351107"/>
     <w:rsid w:val="00356353"/>
     <w:rsid w:val="0036017F"/>
     <w:rsid w:val="00363CE5"/>
     <w:rsid w:val="003670CD"/>
     <w:rsid w:val="00367F02"/>
+    <w:rsid w:val="00370162"/>
     <w:rsid w:val="00377723"/>
     <w:rsid w:val="00377BCE"/>
     <w:rsid w:val="00382242"/>
     <w:rsid w:val="00386E73"/>
     <w:rsid w:val="00391262"/>
     <w:rsid w:val="00391759"/>
     <w:rsid w:val="00397EB1"/>
     <w:rsid w:val="003A2DF9"/>
     <w:rsid w:val="003A2EEC"/>
     <w:rsid w:val="003A3C15"/>
     <w:rsid w:val="003A4C29"/>
     <w:rsid w:val="003B0DE4"/>
     <w:rsid w:val="003B158C"/>
     <w:rsid w:val="003B22B1"/>
     <w:rsid w:val="003B503D"/>
     <w:rsid w:val="003B55F3"/>
     <w:rsid w:val="003B7C99"/>
     <w:rsid w:val="003C03A6"/>
     <w:rsid w:val="003C1599"/>
     <w:rsid w:val="003C732E"/>
     <w:rsid w:val="003D5AC0"/>
     <w:rsid w:val="003D7262"/>
     <w:rsid w:val="003E02DF"/>
     <w:rsid w:val="003E4D44"/>
     <w:rsid w:val="003F267F"/>
@@ -5716,118 +5750,122 @@
     <w:rsid w:val="005636B7"/>
     <w:rsid w:val="0056378D"/>
     <w:rsid w:val="00564B9E"/>
     <w:rsid w:val="00565100"/>
     <w:rsid w:val="0056529C"/>
     <w:rsid w:val="005678B2"/>
     <w:rsid w:val="00570D77"/>
     <w:rsid w:val="00571FFD"/>
     <w:rsid w:val="005735D5"/>
     <w:rsid w:val="0057597A"/>
     <w:rsid w:val="005800F9"/>
     <w:rsid w:val="00580A31"/>
     <w:rsid w:val="00580AA9"/>
     <w:rsid w:val="00585D53"/>
     <w:rsid w:val="0058667B"/>
     <w:rsid w:val="00586C63"/>
     <w:rsid w:val="00587358"/>
     <w:rsid w:val="00587D6E"/>
     <w:rsid w:val="00592825"/>
     <w:rsid w:val="00592BD6"/>
     <w:rsid w:val="00594477"/>
     <w:rsid w:val="00594500"/>
     <w:rsid w:val="00595A07"/>
     <w:rsid w:val="00596704"/>
     <w:rsid w:val="00596DEE"/>
+    <w:rsid w:val="005A01EC"/>
     <w:rsid w:val="005A2964"/>
     <w:rsid w:val="005A339E"/>
     <w:rsid w:val="005A3FCE"/>
     <w:rsid w:val="005A5119"/>
     <w:rsid w:val="005A674D"/>
     <w:rsid w:val="005A6B7C"/>
     <w:rsid w:val="005A70F6"/>
     <w:rsid w:val="005A7E21"/>
     <w:rsid w:val="005B5265"/>
     <w:rsid w:val="005B55A4"/>
     <w:rsid w:val="005B61EE"/>
     <w:rsid w:val="005B68CE"/>
     <w:rsid w:val="005C1577"/>
     <w:rsid w:val="005C2DD9"/>
     <w:rsid w:val="005C3F6B"/>
     <w:rsid w:val="005C453F"/>
     <w:rsid w:val="005C4544"/>
     <w:rsid w:val="005C57D0"/>
     <w:rsid w:val="005C71E0"/>
     <w:rsid w:val="005C7AF2"/>
+    <w:rsid w:val="005C7DC8"/>
     <w:rsid w:val="005D36FE"/>
     <w:rsid w:val="005D4F65"/>
     <w:rsid w:val="005D566D"/>
     <w:rsid w:val="005E11CA"/>
     <w:rsid w:val="005E5C79"/>
     <w:rsid w:val="005E686F"/>
     <w:rsid w:val="005F0A77"/>
     <w:rsid w:val="005F125F"/>
     <w:rsid w:val="005F12F6"/>
     <w:rsid w:val="005F221F"/>
     <w:rsid w:val="005F3886"/>
     <w:rsid w:val="005F6AA3"/>
     <w:rsid w:val="00600019"/>
     <w:rsid w:val="006004C6"/>
     <w:rsid w:val="00601393"/>
     <w:rsid w:val="00603934"/>
     <w:rsid w:val="00603F83"/>
     <w:rsid w:val="00606776"/>
     <w:rsid w:val="00615ADF"/>
     <w:rsid w:val="00616B3D"/>
     <w:rsid w:val="00616BB6"/>
     <w:rsid w:val="00617B13"/>
     <w:rsid w:val="00617D06"/>
     <w:rsid w:val="00621F6C"/>
     <w:rsid w:val="006278EF"/>
     <w:rsid w:val="0063027B"/>
     <w:rsid w:val="00630E39"/>
     <w:rsid w:val="00632DC6"/>
     <w:rsid w:val="0063642C"/>
     <w:rsid w:val="006418BE"/>
     <w:rsid w:val="006427C2"/>
     <w:rsid w:val="006430DC"/>
     <w:rsid w:val="0065011B"/>
     <w:rsid w:val="00651A5E"/>
     <w:rsid w:val="00653D2F"/>
     <w:rsid w:val="006559BF"/>
     <w:rsid w:val="00656D6F"/>
     <w:rsid w:val="00657B68"/>
     <w:rsid w:val="00664263"/>
     <w:rsid w:val="0066537A"/>
     <w:rsid w:val="00666C2D"/>
     <w:rsid w:val="00672A0B"/>
+    <w:rsid w:val="006752F8"/>
     <w:rsid w:val="006808C4"/>
     <w:rsid w:val="0068314D"/>
     <w:rsid w:val="006902D9"/>
     <w:rsid w:val="006954FF"/>
     <w:rsid w:val="00695C35"/>
     <w:rsid w:val="006960E4"/>
+    <w:rsid w:val="006966B9"/>
     <w:rsid w:val="006969CD"/>
     <w:rsid w:val="006A02EF"/>
     <w:rsid w:val="006A1A26"/>
     <w:rsid w:val="006B1F71"/>
     <w:rsid w:val="006B336A"/>
     <w:rsid w:val="006B353D"/>
     <w:rsid w:val="006B51FF"/>
     <w:rsid w:val="006B52CA"/>
     <w:rsid w:val="006B5621"/>
     <w:rsid w:val="006C03FC"/>
     <w:rsid w:val="006C3464"/>
     <w:rsid w:val="006C3CD0"/>
     <w:rsid w:val="006C6F76"/>
     <w:rsid w:val="006D1789"/>
     <w:rsid w:val="006D1BA2"/>
     <w:rsid w:val="006E1B43"/>
     <w:rsid w:val="006E298B"/>
     <w:rsid w:val="006E380A"/>
     <w:rsid w:val="006F0137"/>
     <w:rsid w:val="006F3533"/>
     <w:rsid w:val="006F3E7D"/>
     <w:rsid w:val="006F437C"/>
     <w:rsid w:val="006F622D"/>
     <w:rsid w:val="006F73F4"/>
     <w:rsid w:val="0070065A"/>
@@ -5977,50 +6015,51 @@
     <w:rsid w:val="00944B64"/>
     <w:rsid w:val="009450EC"/>
     <w:rsid w:val="00952A04"/>
     <w:rsid w:val="00955AAF"/>
     <w:rsid w:val="00955B92"/>
     <w:rsid w:val="00961BE5"/>
     <w:rsid w:val="00962714"/>
     <w:rsid w:val="009646DA"/>
     <w:rsid w:val="00964764"/>
     <w:rsid w:val="00964F53"/>
     <w:rsid w:val="00965D3B"/>
     <w:rsid w:val="00972BBA"/>
     <w:rsid w:val="009745AA"/>
     <w:rsid w:val="00974B20"/>
     <w:rsid w:val="0097567D"/>
     <w:rsid w:val="00976DCF"/>
     <w:rsid w:val="009770BE"/>
     <w:rsid w:val="00986854"/>
     <w:rsid w:val="00996D11"/>
     <w:rsid w:val="00996FBB"/>
     <w:rsid w:val="009977B3"/>
     <w:rsid w:val="009A19A6"/>
     <w:rsid w:val="009A2677"/>
     <w:rsid w:val="009A3DFB"/>
     <w:rsid w:val="009B0980"/>
+    <w:rsid w:val="009B1562"/>
     <w:rsid w:val="009B254E"/>
     <w:rsid w:val="009B67B6"/>
     <w:rsid w:val="009B6C3B"/>
     <w:rsid w:val="009B6D20"/>
     <w:rsid w:val="009C19E6"/>
     <w:rsid w:val="009C39EB"/>
     <w:rsid w:val="009C7ED8"/>
     <w:rsid w:val="009D0931"/>
     <w:rsid w:val="009D097A"/>
     <w:rsid w:val="009D1EEA"/>
     <w:rsid w:val="009D393E"/>
     <w:rsid w:val="009D3CA5"/>
     <w:rsid w:val="009D695A"/>
     <w:rsid w:val="009D7E33"/>
     <w:rsid w:val="009E0CBE"/>
     <w:rsid w:val="009E22A8"/>
     <w:rsid w:val="009E22FE"/>
     <w:rsid w:val="009E26BD"/>
     <w:rsid w:val="009E5BAC"/>
     <w:rsid w:val="009E5CF6"/>
     <w:rsid w:val="009E6E54"/>
     <w:rsid w:val="009E70F6"/>
     <w:rsid w:val="009F4566"/>
     <w:rsid w:val="009F4FEB"/>
     <w:rsid w:val="009F57CC"/>
@@ -6051,50 +6090,51 @@
     <w:rsid w:val="00A40DC9"/>
     <w:rsid w:val="00A411F4"/>
     <w:rsid w:val="00A42AA1"/>
     <w:rsid w:val="00A42C6D"/>
     <w:rsid w:val="00A43EBA"/>
     <w:rsid w:val="00A46A5D"/>
     <w:rsid w:val="00A51549"/>
     <w:rsid w:val="00A533AA"/>
     <w:rsid w:val="00A56828"/>
     <w:rsid w:val="00A56997"/>
     <w:rsid w:val="00A57066"/>
     <w:rsid w:val="00A57383"/>
     <w:rsid w:val="00A624A7"/>
     <w:rsid w:val="00A6333E"/>
     <w:rsid w:val="00A65157"/>
     <w:rsid w:val="00A652C5"/>
     <w:rsid w:val="00A712C3"/>
     <w:rsid w:val="00A72BB5"/>
     <w:rsid w:val="00A743C2"/>
     <w:rsid w:val="00A75DAE"/>
     <w:rsid w:val="00A7787C"/>
     <w:rsid w:val="00A7787E"/>
     <w:rsid w:val="00A80DDF"/>
     <w:rsid w:val="00A82FF7"/>
     <w:rsid w:val="00A84033"/>
+    <w:rsid w:val="00A8460F"/>
     <w:rsid w:val="00A84BFA"/>
     <w:rsid w:val="00A87513"/>
     <w:rsid w:val="00A9012C"/>
     <w:rsid w:val="00A914EF"/>
     <w:rsid w:val="00A9298E"/>
     <w:rsid w:val="00A92D67"/>
     <w:rsid w:val="00A93F08"/>
     <w:rsid w:val="00A9764B"/>
     <w:rsid w:val="00AA0F40"/>
     <w:rsid w:val="00AA128B"/>
     <w:rsid w:val="00AA4348"/>
     <w:rsid w:val="00AA4552"/>
     <w:rsid w:val="00AA5064"/>
     <w:rsid w:val="00AA74FC"/>
     <w:rsid w:val="00AA7F7C"/>
     <w:rsid w:val="00AB0092"/>
     <w:rsid w:val="00AB0349"/>
     <w:rsid w:val="00AB0D8F"/>
     <w:rsid w:val="00AB0ECF"/>
     <w:rsid w:val="00AB113D"/>
     <w:rsid w:val="00AB6305"/>
     <w:rsid w:val="00AB68AF"/>
     <w:rsid w:val="00AB75EF"/>
     <w:rsid w:val="00AC1015"/>
     <w:rsid w:val="00AC3515"/>
@@ -6329,50 +6369,51 @@
     <w:rsid w:val="00E25813"/>
     <w:rsid w:val="00E27A05"/>
     <w:rsid w:val="00E325ED"/>
     <w:rsid w:val="00E37322"/>
     <w:rsid w:val="00E37B29"/>
     <w:rsid w:val="00E46423"/>
     <w:rsid w:val="00E5087D"/>
     <w:rsid w:val="00E546DF"/>
     <w:rsid w:val="00E55645"/>
     <w:rsid w:val="00E55C13"/>
     <w:rsid w:val="00E60F38"/>
     <w:rsid w:val="00E613B7"/>
     <w:rsid w:val="00E61C4D"/>
     <w:rsid w:val="00E66FE1"/>
     <w:rsid w:val="00E67BDF"/>
     <w:rsid w:val="00E70AF1"/>
     <w:rsid w:val="00E71BA8"/>
     <w:rsid w:val="00E7260E"/>
     <w:rsid w:val="00E7275E"/>
     <w:rsid w:val="00E74919"/>
     <w:rsid w:val="00E74EFF"/>
     <w:rsid w:val="00E755A2"/>
     <w:rsid w:val="00E75A83"/>
     <w:rsid w:val="00E76993"/>
     <w:rsid w:val="00E7730A"/>
+    <w:rsid w:val="00E83287"/>
     <w:rsid w:val="00E8351E"/>
     <w:rsid w:val="00E85CCF"/>
     <w:rsid w:val="00E86AC1"/>
     <w:rsid w:val="00E905F6"/>
     <w:rsid w:val="00E9241B"/>
     <w:rsid w:val="00E93DCE"/>
     <w:rsid w:val="00E96801"/>
     <w:rsid w:val="00EA2FF4"/>
     <w:rsid w:val="00EA43BA"/>
     <w:rsid w:val="00EA5A36"/>
     <w:rsid w:val="00EA6230"/>
     <w:rsid w:val="00EB03E4"/>
     <w:rsid w:val="00EB5291"/>
     <w:rsid w:val="00EB6ADB"/>
     <w:rsid w:val="00EC188D"/>
     <w:rsid w:val="00EC2E1E"/>
     <w:rsid w:val="00EC39F6"/>
     <w:rsid w:val="00EC4B10"/>
     <w:rsid w:val="00ED4576"/>
     <w:rsid w:val="00EE01F4"/>
     <w:rsid w:val="00EE0F8E"/>
     <w:rsid w:val="00EE130C"/>
     <w:rsid w:val="00EE1B3A"/>
     <w:rsid w:val="00EE31A8"/>
     <w:rsid w:val="00EE7047"/>
@@ -6403,117 +6444,119 @@
     <w:rsid w:val="00F463AB"/>
     <w:rsid w:val="00F508D2"/>
     <w:rsid w:val="00F53472"/>
     <w:rsid w:val="00F549D4"/>
     <w:rsid w:val="00F5606A"/>
     <w:rsid w:val="00F5680E"/>
     <w:rsid w:val="00F569B3"/>
     <w:rsid w:val="00F575FD"/>
     <w:rsid w:val="00F655C3"/>
     <w:rsid w:val="00F65F0A"/>
     <w:rsid w:val="00F6718C"/>
     <w:rsid w:val="00F672ED"/>
     <w:rsid w:val="00F67495"/>
     <w:rsid w:val="00F704A5"/>
     <w:rsid w:val="00F722CE"/>
     <w:rsid w:val="00F7319B"/>
     <w:rsid w:val="00F73A74"/>
     <w:rsid w:val="00F74F0E"/>
     <w:rsid w:val="00F774A1"/>
     <w:rsid w:val="00F817DF"/>
     <w:rsid w:val="00F82947"/>
     <w:rsid w:val="00F86174"/>
     <w:rsid w:val="00F86388"/>
     <w:rsid w:val="00F86FD1"/>
     <w:rsid w:val="00F900A0"/>
+    <w:rsid w:val="00F91AB3"/>
     <w:rsid w:val="00F928CA"/>
     <w:rsid w:val="00FA23C9"/>
     <w:rsid w:val="00FA3D93"/>
     <w:rsid w:val="00FB01E1"/>
     <w:rsid w:val="00FB272D"/>
     <w:rsid w:val="00FB2FE7"/>
     <w:rsid w:val="00FB3E3F"/>
     <w:rsid w:val="00FB6F19"/>
     <w:rsid w:val="00FC5CE3"/>
     <w:rsid w:val="00FC66BF"/>
     <w:rsid w:val="00FD1041"/>
     <w:rsid w:val="00FD4070"/>
     <w:rsid w:val="00FE3733"/>
+    <w:rsid w:val="00FF07C5"/>
     <w:rsid w:val="00FF137F"/>
     <w:rsid w:val="00FF2CBE"/>
     <w:rsid w:val="00FF4900"/>
     <w:rsid w:val="00FF59D5"/>
     <w:rsid w:val="00FF65E2"/>
     <w:rsid w:val="00FF761C"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-GB" w:eastAsia="ja-JP"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:doNotAutoCompressPictures/>
   <w:shapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="100353"/>
+    <o:shapedefaults v:ext="edit" spidmax="114689"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
   <w14:docId w14:val="48502271"/>
   <w15:docId w15:val="{906FB269-ADC9-44DC-986B-2A7FDFF71115}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-GB" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
-  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="375">
+  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 9" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 1" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 2" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 3" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 4" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 5" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 6" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
@@ -6836,50 +6879,51 @@
     <w:lsdException w:name="List Table 1 Light Accent 4" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 4" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 4" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 4" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 4" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
     <w:lsdException w:name="Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Hashtag" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Smart Link" w:semiHidden="1" w:unhideWhenUsed="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="Normal">
     <w:name w:val="Normal"/>
     <w:qFormat/>
     <w:rsid w:val="003E4D44"/>
     <w:pPr>
       <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
     </w:pPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading1">
     <w:name w:val="heading 1"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:link w:val="Heading1Char"/>
     <w:qFormat/>
     <w:rsid w:val="0068314D"/>
     <w:pPr>
       <w:keepNext/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:outlineLvl w:val="0"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:b/>
       <w:bCs/>
@@ -7320,51 +7364,51 @@
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="FootnoteText"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rsid w:val="00B12DB8"/>
     <w:rPr>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="footnote reference"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00B12DB8"/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:divs>
     <w:div w:id="225802556">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="246548240">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
@@ -7687,51 +7731,51 @@
             <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           </w:divBdr>
         </w:div>
       </w:divsChild>
     </w:div>
     <w:div w:id="2137602131">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.jpeg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:awttc@wales.nhs.uk" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://awttc.nhs.wales/accessing-medicines/make-a-submission/pharmaceutical-industry-submissions/submit-for-awmsg-appraisal/invisible/appraisal-process-for-medicines-developed-for-rare-diseases/" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.jpeg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:awttc@wales.nhs.uk" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://awttc.nhs.wales/accessing-medicines/medicines-assessment-policy-documents/medicines-for-rare-diseases-policy-2025-final-december-2025-pdf/" TargetMode="External"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>
@@ -7995,71 +8039,71 @@
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{3DA4E99A-33D5-4568-A219-EEB6249DB776}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
-  <Pages>3</Pages>
-[...1 lines deleted...]
-  <Characters>2272</Characters>
+  <Pages>2</Pages>
+  <Words>403</Words>
+  <Characters>2198</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>49</Lines>
-  <Paragraphs>13</Paragraphs>
+  <Lines>64</Lines>
+  <Paragraphs>18</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company>Pryfysgol Bangor University</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>2661</CharactersWithSpaces>
+  <CharactersWithSpaces>2583</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>Dyfrig Hughes</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>